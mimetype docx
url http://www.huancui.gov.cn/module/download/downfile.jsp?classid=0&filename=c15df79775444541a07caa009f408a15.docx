--- v0 (2025-10-19)
+++ v1 (2025-12-11)
@@ -114,188 +114,196 @@
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2010年，工商环翠分局认真贯彻落实《中华人民共和国政府信息公开条例》，建立健全运行机制，保证政府信息公开效果。通过“环翠区政府”网站信息公开平台，及时、全面、有效地主动公开政府信息，为广大公众提供了比较好的政府信息公开服务。</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>一、概述</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>2010年，在政府信息公开渠道拓展上，依托互联网和业务办事大厅，建立和完善了信息发布与政务公开一体的服务平台；在政府信息公开方面，主动公开与群众咨询公开相结合，不断强化信息公开的“全面度”，着力提高工商机关行政透明度和办事效率，服务群众需要；在制度建设上，继续完善各种制度规章，依法、按时公开各种政府信息，促进政府机关依法行政，全面接受社会监督</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>二、政府信息公开组织领导和制度建设情况</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:br w:type="textWrapping"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:shd w:val="clear" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>工作领导机制不断健全。根据实际工作需要，进一步调整了政务信息公开工作领导小组，明确了各个岗位的不同责任，</w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>2010年，工商环翠分局认真贯彻落实《中华人民共和国政府信息公开条例》，建立健全运行机制，保证政府信息公开效果。通过“环翠区政府”网站信息公开平台，及时、全面、有效地主动公开政府信息，为广大公众提供了比较好的政府信息公开服务。</w:t>
+        <w:t>确保该项工作组织健全、责任落实到位；同时，专门安排了政务信息公开办公室，实现服务指南上桌、制度上墙、文件入柜，接待来访群众条件得到明显改善，各种办公设备进一步完善，并安排一名人员专门负责政府信息公开工作。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:shd w:val="clear" w:fill="FFFFFF"/>
-[...111 lines deleted...]
-          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114935" distR="114935" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>800100</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>1813560</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2086610" cy="2343150"/>
             <wp:effectExtent l="0" t="0" r="1270" b="3810"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name="图片 1" descr="QQ图片20171205124110.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name="图片 1" descr="QQ图片20171205124110.png"/>
                     <pic:cNvPicPr>
@@ -310,51 +318,50 @@
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2086610" cy="2343150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:bdr w:val="none" w:color="auto" w:sz="0" w:space="0"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t xml:space="preserve">    </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>三、主动公开政府信息情况</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -638,191 +645,175 @@
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1417" w:bottom="1701" w:left="1417" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425" w:num="1"/>
       <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="黑体">
-    <w:panose1 w:val="02010600030101010101"/>
+    <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Monaco">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="文星简小标宋">
+    <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010609000101010101"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader w:val="0"/>
   <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="1"/>
   <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00000000"/>
     <w:rsid w:val="36E025A9"/>
+    <w:rsid w:val="50714C2B"/>
   </w:rsids>
   <m:mathPr>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults/>
+    <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
+      <v:fill on="t" focussize="0,0"/>
+      <v:stroke color="#000000"/>
+    </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
       </w:rPr>
     </w:rPrDefault>
   </w:docDefaults>
   <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
@@ -891,51 +882,51 @@
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="List Continue 5"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Message Header"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Subtitle"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Salutation"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Date"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text First Indent 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Note Heading"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Body Text Indent 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Block Text"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Hyperlink"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="FollowedHyperlink"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Strong"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Emphasis"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Document Map"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Plain Text"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="E-mail Signature"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal (Web)"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Acronym"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Address"/>
-    <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
+    <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Cite"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Code"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Definition"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Keyboard"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Preformatted"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Sample"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Typewriter"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="HTML Variable"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:name="Normal Table"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="annotation subject"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Simple 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Classic 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Colorful 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Columns 5"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Table Grid 1"/>
@@ -1151,55 +1142,57 @@
   <w:style w:type="character" w:styleId="7">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="3"/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:color w:val="333333"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="8">
     <w:name w:val="HTML Code"/>
     <w:basedOn w:val="3"/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:rFonts w:ascii="Monaco" w:hAnsi="Monaco" w:eastAsia="Monaco" w:cs="Monaco"/>
       <w:color w:val="DD1144"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="14"/>
       <w:bdr w:val="single" w:color="E1E1E8" w:sz="4" w:space="0"/>
       <w:shd w:val="clear" w:fill="F7F7F9"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="9">
     <w:name w:val="HTML Cite"/>
     <w:basedOn w:val="3"/>
+    <w:qFormat/>
     <w:uiPriority w:val="0"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="11">
     <w:name w:val="label8"/>
     <w:basedOn w:val="3"/>
+    <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:rPr>
       <w:sz w:val="12"/>
       <w:szCs w:val="12"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 主题">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -1452,49 +1445,50 @@
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
   <customSectProps>
     <customSectPr/>
   </customSectProps>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Pages>1</Pages>
   <Words>0</Words>
   <Characters>0</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
+  <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>0</CharactersWithSpaces>
-  <Application>WPS Office_10.1.0.7023_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <Application>WPS Office_11.8.2.7978_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-10.1.0.7023</vt:lpwstr>
+    <vt:lpwstr>2052-11.8.2.7978</vt:lpwstr>
   </property>
 </Properties>
 </file>