--- v0 (2026-02-03)
+++ v1 (2026-03-20)
@@ -699,51 +699,75 @@
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
         </w:rPr>
-        <w:t>2025年，竹岛街道办事处锚定基层政府公开标准化、规范化建设目标，严格遵循《中华人民共和国政府信息公开条例》的核心要求，紧密衔接区委、区政府政务公开工作部署，以保障群众知情权、参与权为核心，全面推进政务公开提质增效，持续优化法治化、透明化政务环境。</w:t>
+        <w:t>2025年，竹岛街道办事处锚定基层</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>政务</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="13" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:kern w:val="0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
+        </w:rPr>
+        <w:t>公开标准化、规范化建设目标，严格遵循《中华人民共和国政府信息公开条例》的核心要求，紧密衔接区委、区政府政务公开工作部署，以保障群众知情权、参与权为核心，全面推进政务公开提质增效，持续优化法治化、透明化政务环境。</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl/>
         <w:suppressLineNumbers w:val="0"/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
           <w:color w:val="auto"/>
@@ -1275,117 +1299,119 @@
           <w:szCs w:val="32"/>
           <w:highlight w:val="none"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="333333"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="none"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>二、主动公开政府信息情况</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="6"/>
+        <w:tblStyle w:val="7"/>
         <w:tblW w:w="8824" w:type="dxa"/>
         <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2206"/>
         <w:gridCol w:w="2206"/>
         <w:gridCol w:w="2206"/>
         <w:gridCol w:w="2206"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8824" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C6D9F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>第二十条第（一）项</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
@@ -1491,50 +1517,51 @@
           <w:p>
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>现行有效件数</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
@@ -1646,50 +1673,51 @@
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
@@ -1801,98 +1829,100 @@
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8824" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C6D9F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>第二十条第（五）项</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
@@ -1931,50 +1961,51 @@
           <w:p>
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>本年处理决定数量</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
@@ -2015,98 +2046,100 @@
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8824" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C6D9F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>第二十条第（六）项</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
@@ -2145,50 +2178,51 @@
           <w:p>
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>本年处理决定数量</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
@@ -2229,50 +2263,51 @@
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
@@ -2313,98 +2348,100 @@
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8824" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="C6D9F1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>第二十条第（八）项</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
@@ -2443,50 +2480,51 @@
           <w:p>
             <w:pPr>
               <w:widowControl/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>本年收费金额（单位：万元）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
@@ -2593,92 +2631,94 @@
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
         </w:rPr>
         <w:t>三、收</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="333333"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="none"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
         </w:rPr>
         <w:t>到和处理政府信息公开申请情况</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="6"/>
+        <w:tblStyle w:val="7"/>
         <w:tblW w:w="9541" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="416"/>
         <w:gridCol w:w="1701"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="733"/>
         <w:gridCol w:w="541"/>
         <w:gridCol w:w="553"/>
         <w:gridCol w:w="720"/>
         <w:gridCol w:w="675"/>
         <w:gridCol w:w="525"/>
         <w:gridCol w:w="1"/>
         <w:gridCol w:w="700"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="413" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5093" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -2744,50 +2784,51 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>申请人情况</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="425" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5093" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -2887,50 +2928,51 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="0"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>总计</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="322" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5093" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -3142,50 +3184,51 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋_GB2312" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5093" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
@@ -3479,50 +3522,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:cs="Times New Roman"/>
                 <w:color w:val="auto"/>
                 <w:kern w:val="2"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="20" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5093" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
@@ -3799,50 +3843,51 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:after="180"/>
@@ -4124,50 +4169,51 @@
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
@@ -4456,50 +4502,51 @@
                 <w:szCs w:val="21"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -4837,50 +4884,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -5220,50 +5268,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -5592,50 +5641,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -5975,50 +6025,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -6347,50 +6398,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -6730,50 +6782,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -7102,50 +7155,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -7485,50 +7539,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -7868,50 +7923,51 @@
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -8251,50 +8307,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -8634,50 +8691,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -9026,50 +9084,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -9398,50 +9457,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -9769,50 +9829,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="exact"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -10140,50 +10201,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -10546,50 +10608,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -10920,50 +10983,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -11287,50 +11351,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -11654,50 +11719,51 @@
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="416" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
@@ -11993,50 +12059,51 @@
                 <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5093" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:noWrap w:val="0"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl/>
@@ -12343,96 +12410,98 @@
           <w:shd w:val="clear" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:i w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="333333"/>
           <w:spacing w:val="0"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:highlight w:val="none"/>
           <w:shd w:val="clear" w:fill="FFFFFF"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar"/>
         </w:rPr>
         <w:t>四、政府信息公开行政复议、行政诉讼情况</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="6"/>
+        <w:tblStyle w:val="7"/>
         <w:tblW w:w="9071" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:color="auto" w:sz="6" w:space="0"/>
           <w:left w:val="none" w:color="auto" w:sz="6" w:space="0"/>
           <w:bottom w:val="none" w:color="auto" w:sz="6" w:space="0"/>
           <w:right w:val="none" w:color="auto" w:sz="6" w:space="0"/>
           <w:insideH w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           <w:insideV w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="604"/>
         <w:gridCol w:w="604"/>
         <w:gridCol w:w="604"/>
         <w:gridCol w:w="604"/>
         <w:gridCol w:w="658"/>
         <w:gridCol w:w="550"/>
         <w:gridCol w:w="605"/>
         <w:gridCol w:w="605"/>
         <w:gridCol w:w="605"/>
         <w:gridCol w:w="605"/>
         <w:gridCol w:w="605"/>
         <w:gridCol w:w="605"/>
         <w:gridCol w:w="605"/>
         <w:gridCol w:w="606"/>
         <w:gridCol w:w="606"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:insideH w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             <w:insideV w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="497" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3074" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
@@ -12483,50 +12552,51 @@
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>行政诉讼</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:insideH w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             <w:insideV w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="547" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
@@ -12830,50 +12900,51 @@
             </w:pPr>
             <w:bookmarkStart w:id="10" w:name="_Hlk67039688"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>复议后起诉</w:t>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:insideH w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             <w:insideV w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="906" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
@@ -13428,50 +13499,51 @@
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>总计</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:left w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:bottom w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:right w:val="none" w:color="auto" w:sz="6" w:space="0"/>
             <w:insideH w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
             <w:insideV w:val="outset" w:color="auto" w:sz="6" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="604" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="8" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="8" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:left w:w="108" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -14788,129 +14860,127 @@
         <w:pStyle w:val="2"/>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct/>
         <w:topLinePunct w:val="0"/>
         <w:bidi w:val="0"/>
         <w:snapToGrid/>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="480" w:firstLineChars="200"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:hint="default" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="微软雅黑" w:cs="Times New Roman"/>
           <w:i w:val="0"/>
           <w:iCs w:val="0"/>
           <w:caps w:val="0"/>
           <w:color w:val="333333"/>
           <w:spacing w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="13" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="13"/>
     </w:p>
     <w:sectPr>
       <w:footerReference r:id="rId3" w:type="default"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
       <w:pgNumType w:fmt="numberInDash"/>
       <w:cols w:space="425" w:num="1"/>
       <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="7A"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="黑体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="方正小标宋简体">
-    <w:panose1 w:val="02010601030101010101"/>
+    <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:sig w:usb0="800002BF" w:usb1="184F6CF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00160001" w:csb1="12030000"/>
   </w:font>
   <w:font w:name="仿宋_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="楷体_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="微软雅黑">
     <w:panose1 w:val="020B0503020204020204"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
@@ -15014,51 +15084,51 @@
                             </w:rPr>
                             <w:t>1</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
                             <w:fldChar w:fldCharType="end"/>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="none" lIns="0" tIns="0" rIns="0" bIns="0" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" upright="0" compatLnSpc="1">
                       <a:spAutoFit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQGuF+fsxAgAAYQQAAA4AAABkcnMvZTJvRG9jLnhtbK1UzY7TMBC+I/EO&#10;lu80aRGrKmq6KlsVIVXsSgVxdh2nieQ/2W6T8gDwBpy4cOe5+hx8zk8XLRz2wMUZe8bfzPfNOIvb&#10;VklyEs7XRud0OkkpEZqbotaHnH76uHk1p8QHpgsmjRY5PQtPb5cvXywam4mZqYwshCMA0T5rbE6r&#10;EGyWJJ5XQjE/MVZoOEvjFAvYukNSONYAXclklqY3SWNcYZ3hwnucrnsnHRDdcwBNWdZcrA0/KqFD&#10;j+qEZAGUfFVbT5ddtWUpeLgvSy8CkTkF09CtSAJ7H9dkuWDZwTFb1XwogT2nhCecFKs1kl6h1iww&#10;cnT1X1Cq5s54U4YJNyrpiXSKgMU0faLNrmJWdFwgtbdX0f3/g+UfTg+O1AUmgRLNFBp++f7t8uPX&#10;5edXMo3yNNZniNpZxIX2rWlj6HDucRhZt6VT8Qs+BH6Ie76KK9pAeLw0n83nKVwcvnEDnOTxunU+&#10;vBNGkWjk1KF7najstPWhDx1DYjZtNrWUOGeZ1KTJ6c3rN2l34eoBuNTIEUn0xUYrtPt2YLA3xRnE&#10;nOknw1u+qZF8y3x4YA6jgILxWMI9llIaJDGDRUll3Jd/ncd4dAheShqMVk41XhIl8r1G5wAYRsON&#10;xn409FHdGcwquoFaOhMXXJCjWTqjPuMFrWIOuJjmyJTTMJp3oR9vvEAuVqsu6Ghdfaj6C5g7y8JW&#10;7yyPaaJ63q6OAWJ2GkeBelUG3TB5XZeGVxJH+899F/X4Z1j+BlBLAwQKAAAAAACHTuJAAAAAAAAA&#10;AAAAAAAABgAAAF9yZWxzL1BLAwQUAAAACACHTuJAihRmPNEAAACUAQAACwAAAF9yZWxzLy5yZWxz&#10;pZDBasMwDIbvg72D0X1xmsMYo04vo9Br6R7A2IpjGltGMtn69vMOg2X0tqN+oe8T//7wmRa1Ikuk&#10;bGDX9aAwO/IxBwPvl+PTCyipNnu7UEYDNxQ4jI8P+zMutrYjmWMR1ShZDMy1lletxc2YrHRUMLfN&#10;RJxsbSMHXay72oB66Ptnzb8ZMG6Y6uQN8MkPoC630sx/2Ck6JqGpdo6SpmmK7h5VB7Zlju7INuEb&#10;uUazHLAa8CwaB2pZ134EfV+/+6fe00c+47rVfoeM649Xb7ocvwBQSwMEFAAAAAgAh07iQH7m5SD3&#10;AAAA4QEAABMAAABbQ29udGVudF9UeXBlc10ueG1slZFBTsMwEEX3SNzB8hYlTrtACCXpgrRLQKgc&#10;YGRPEotkbHlMaG+Pk7YbRJFY2jP/vye73BzGQUwY2Dqq5CovpEDSzljqKvm+32UPUnAEMjA4wkoe&#10;keWmvr0p90ePLFKauJJ9jP5RKdY9jsC580hp0rowQkzH0CkP+gM6VOuiuFfaUUSKWZw7ZF022MLn&#10;EMX2kK5PJgEHluLptDizKgneD1ZDTKZqIvODkp0JeUouO9xbz3dJQ6pfCfPkOuCce0lPE6xB8Qoh&#10;PsOYNJQJrIz7ooBT/nfJbDly5trWasybwE2KveF0sbrWjmvXOP3f8u2SunSr5YPqb1BLAQIUABQA&#10;AAAIAIdO4kB+5uUg9wAAAOEBAAATAAAAAAAAAAEAIAAAAJoEAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAYAAAAAAAAAAAAQAAAAfAMAAF9yZWxzL1BLAQIU&#10;ABQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAAAAAAAAEAIAAAAKADAABfcmVscy8ucmVsc1BLAQIU&#10;AAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAAAAAAAAAEAAAAAAAAABkcnMvUEsBAhQAFAAAAAgA&#10;h07iQLNJWO7QAAAABQEAAA8AAAAAAAAAAQAgAAAAIgAAAGRycy9kb3ducmV2LnhtbFBLAQIUABQA&#10;AAAIAIdO4kBrhfn7MQIAAGEEAAAOAAAAAAAAAAEAIAAAAB8BAABkcnMvZTJvRG9jLnhtbFBLBQYA&#10;AAAABgAGAFkBAADCBQAAAAA=&#10;">
+            <v:shape id="_x0000_s1026" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0pt;height:144pt;width:144pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-wrap-style:none;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" filled="f" stroked="f" coordsize="21600,21600" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJAs0lY7tAAAAAF&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PQUvDQBCF74L/YRmhN7tpKxJiNgVL06Ng48HjNjsm0d3Z&#10;sLtN4793FEEvwzze8OZ75XZ2VkwY4uBJwWqZgUBqvRmoU/DS1Lc5iJg0GW09oYJPjLCtrq9KXRh/&#10;oWecjqkTHEKx0Ar6lMZCytj26HRc+hGJvTcfnE4sQydN0BcOd1aus+xeOj0Qf+j1iLse24/j2SnY&#10;1U0TJozBvuKh3rw/Pd7hflZqcbPKHkAknNPfMXzjMzpUzHTyZzJRWAVcJP1M9tZ5zvL0u8iqlP/p&#10;qy9QSwMEFAAAAAgAh07iQErbzf8SAgAAEwQAAA4AAABkcnMvZTJvRG9jLnhtbK1Ty47TMBTdI/EP&#10;lvc0aRGjqmo6KjMqQqqYkQpi7TpOE8kv2W6T8gHwB6zYsOe7+h0cO0kHASvExr6+73vu8fK2U5Kc&#10;hPON0QWdTnJKhOambPShoB/eb17MKfGB6ZJJo0VBz8LT29XzZ8vWLsTM1EaWwhEk0X7R2oLWIdhF&#10;lnleC8X8xFihYayMUyzg6Q5Z6ViL7Epmszy/yVrjSusMF95De98b6SrlryrBw0NVeRGILCh6C+l0&#10;6dzHM1st2eLgmK0bPrTB/qELxRqNotdU9ywwcnTNH6lUw53xpgoTblRmqqrhIs2Aaab5b9PsamZF&#10;mgXgeHuFyf+/tPzd6dGRpsTuKNFMYUWXr18u335cvn8m0whPa/0CXjsLv9C9Nl10HfQeyjh1VzkV&#10;b8xDYAfQ5yu4oguEx6D5bD7PYeKwjQ/kyZ7CrfPhjTCKRKGgDttLoLLT1ofedXSJ1bTZNFJCzxZS&#10;k7agNy9f5SngakFyqVEjDtE3G6XQ7bthgr0pzxjMmZ4Z3vJNg+Jb5sMjc6ACGga9wwOOShoUMYNE&#10;SW3cp7/poz82BCslLahVUA3uUyLfamwusnAU3CjsR0Ef1Z0BV7EN9JJEBLggR7FyRn0E59exBkxM&#10;c1QqaBjFu9DTG3+Gi/U6OR2taw51HwDeWRa2emd5LBPR83Z9DAAzYRwB6lEZcAPz0paGXxKp/es7&#10;eT395dVPUEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCK&#10;FGY80QAAAJQBAAALAAAAX3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMa&#10;W0Yy2fr28w6DZfS2o36h7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7&#10;My62tiOZYxHVKFkMzLWWV63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfS&#10;zH/YKTomoal2jpKmaYruHlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zr&#10;j1dvuhy/AFBLAwQUAAAACACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyV&#10;kUFOwzAQRfdI3MHyFiVOu0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjY&#10;OqrkKi+kQNLOWOoq+b7fZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBC&#10;TMfQKQ/6AzpU66K4V9pRRIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5&#10;Si473FvPd0lDql8J8+Q64Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSx&#10;utaOa9c4/d/y7ZK6dKvlg+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAg&#10;AAAAewQAAFtDb250ZW50X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAA&#10;AAAAAAAAABAAAABdAwAAX3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAA&#10;AQAgAAAAgQMAAF9yZWxzLy5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAA&#10;AAAQAAAAAAAAAGRycy9QSwECFAAUAAAACACHTuJAs0lY7tAAAAAFAQAADwAAAAAAAAABACAAAAAi&#10;AAAAZHJzL2Rvd25yZXYueG1sUEsBAhQAFAAAAAgAh07iQErbzf8SAgAAEwQAAA4AAAAAAAAAAQAg&#10;AAAAHwEAAGRycy9lMm9Eb2MueG1sUEsFBgAAAAAGAAYAWQEAAKMFAAAAAA==&#10;">
               <v:fill on="f" focussize="0,0"/>
               <v:stroke on="f" weight="0.5pt"/>
               <v:imagedata o:title=""/>
               <o:lock v:ext="edit" aspectratio="f"/>
               <v:textbox inset="0mm,0mm,0mm,0mm" style="mso-fit-shape-to-text:t;">
                 <w:txbxContent>
                   <w:p>
                     <w:pPr>
                       <w:pStyle w:val="3"/>
                       <w:rPr>
                         <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="begin"/>
                     </w:r>
                     <w:r>
                       <w:rPr>
@@ -15083,75 +15153,75 @@
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:t>1</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:fldChar w:fldCharType="end"/>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="2BEA31A8"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2BEA31A8"/>
     <w:lvl w:ilvl="0" w:tentative="0">
       <w:start w:val="5"/>
       <w:numFmt w:val="chineseCounting"/>
       <w:suff w:val="nothing"/>
       <w:lvlText w:val="%1、"/>
       <w:lvlJc w:val="left"/>
       <w:rPr>
         <w:rFonts w:hint="eastAsia"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="120"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader w:val="0"/>
   <w:bordersDoNotSurroundFooter w:val="0"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="1"/>
   <w:displayVerticalDrawingGridEvery w:val="1"/>
   <w:noPunctuationKerning w:val="1"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useFELayout/>
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -15204,50 +15274,51 @@
     <w:rsid w:val="2026615C"/>
     <w:rsid w:val="2081425F"/>
     <w:rsid w:val="21E07764"/>
     <w:rsid w:val="21E9640B"/>
     <w:rsid w:val="21FF02B1"/>
     <w:rsid w:val="222A1925"/>
     <w:rsid w:val="234B7E14"/>
     <w:rsid w:val="23A24825"/>
     <w:rsid w:val="24CC671A"/>
     <w:rsid w:val="26987B16"/>
     <w:rsid w:val="26A50251"/>
     <w:rsid w:val="28850D47"/>
     <w:rsid w:val="28C362D2"/>
     <w:rsid w:val="29726D23"/>
     <w:rsid w:val="29F7628B"/>
     <w:rsid w:val="2A0620DC"/>
     <w:rsid w:val="2A771E28"/>
     <w:rsid w:val="2C8E12A3"/>
     <w:rsid w:val="2CAD55DB"/>
     <w:rsid w:val="2D143485"/>
     <w:rsid w:val="2E9C5077"/>
     <w:rsid w:val="2EC87974"/>
     <w:rsid w:val="2F634FF0"/>
     <w:rsid w:val="30AD5F4C"/>
     <w:rsid w:val="313839FE"/>
+    <w:rsid w:val="316F0BD0"/>
     <w:rsid w:val="35EE3A72"/>
     <w:rsid w:val="38A04292"/>
     <w:rsid w:val="38BD46EB"/>
     <w:rsid w:val="3A0738F3"/>
     <w:rsid w:val="3B167AEE"/>
     <w:rsid w:val="3B9A0A65"/>
     <w:rsid w:val="3D6001EA"/>
     <w:rsid w:val="3EFF3784"/>
     <w:rsid w:val="3FC9095F"/>
     <w:rsid w:val="40126413"/>
     <w:rsid w:val="40307701"/>
     <w:rsid w:val="40325072"/>
     <w:rsid w:val="40930452"/>
     <w:rsid w:val="40EB3DF5"/>
     <w:rsid w:val="412029AD"/>
     <w:rsid w:val="42501079"/>
     <w:rsid w:val="42995E42"/>
     <w:rsid w:val="42CF7EA2"/>
     <w:rsid w:val="43772658"/>
     <w:rsid w:val="43A460BA"/>
     <w:rsid w:val="45A74890"/>
     <w:rsid w:val="464F74E8"/>
     <w:rsid w:val="470769CE"/>
     <w:rsid w:val="48B9187A"/>
     <w:rsid w:val="48BE6F95"/>
@@ -15305,58 +15376,57 @@
     <w:rsid w:val="7CF16353"/>
     <w:rsid w:val="7E0C0BF7"/>
     <w:rsid w:val="7E2277F5"/>
     <w:rsid w:val="7EED4930"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="宋体" w:cs="Times New Roman"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="heading 1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 2"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 4"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 5"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 6"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 7"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 8"/>
     <w:lsdException w:qFormat="1" w:uiPriority="0" w:name="heading 9"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 4"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 5"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 7"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 8"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="index 9"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 1"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 2"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 3"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="toc 4"/>
@@ -15581,62 +15651,63 @@
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:next w:val="2"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="7">
+  <w:style w:type="character" w:default="1" w:styleId="6">
     <w:name w:val="Default Paragraph Font"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="6">
+  <w:style w:type="table" w:default="1" w:styleId="7">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:tblPr>
+      <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2">
     <w:name w:val="Default"/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
@@ -15974,52 +16045,52 @@
     <customShpInfo spid="_x0000_s1026" textRotate="1"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Pages>6</Pages>
   <Words>2728</Words>
   <Characters>2856</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>2856</CharactersWithSpaces>
-  <Application>WPS Office_11.8.2.10912_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <Application>WPS Office_11.8.2.7978_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>诗人与熊</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>某某单位（规范全称）</dc:title>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-11.8.2.10912</vt:lpwstr>
+    <vt:lpwstr>2052-11.8.2.7978</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>E69FC135B6704485BACA57740AE2D712</vt:lpwstr>
   </property>
 </Properties>
 </file>