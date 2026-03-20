--- v0 (2025-11-01)
+++ v1 (2026-03-20)
@@ -15,105 +15,113 @@
   <Override PartName="/word/diagrams/colors1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/colors2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramColors+xml"/>
   <Override PartName="/word/diagrams/data1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/data2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramData+xml"/>
   <Override PartName="/word/diagrams/drawing1.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/diagrams/drawing2.xml" ContentType="application/vnd.ms-office.drawingml.diagramDrawing+xml"/>
   <Override PartName="/word/diagrams/layout1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/layout2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramLayout+xml"/>
   <Override PartName="/word/diagrams/quickStyle1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/diagrams/quickStyle2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.diagramStyle+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w14:paraId="46CA4DFF">
+    <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>环翠楼街道</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74CA1634">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:left="357" w:firstLine="0" w:firstLineChars="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>2016年政府信息公开年工作年度报告</w:t>
+        <w:t>2016年政府信息公开</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia"/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>工作年度报告</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22CA3C02">
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="11"/>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:left="357" w:firstLine="0" w:firstLineChars="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="604B7E3B">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Adobe 仿宋 Std R" w:eastAsia="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Adobe 仿宋 Std R" w:eastAsia="仿宋_GB2312"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>根据《中华人民共和国政府信息公开条例》（以下简称《条例》）和《山东省政府信息公开办法》（以下简称《办法》）的规定，现公布威海市环翠区环翠楼街道办事处2016年政府信息公开工作年度报告。本报告由</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Adobe 仿宋 Std R" w:eastAsia="仿宋_GB2312"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -133,182 +141,182 @@
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Adobe 仿宋 Std R" w:eastAsia="仿宋_GB2312"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>发布解读和回应社会关切以及互动交流情况、政府信息公开申报情况及提起的行政复议和行政诉讼的情况、政府信息公开平台建设及政府信息公开的收费、减免情况、</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Adobe 仿宋 Std R" w:eastAsia="仿宋_GB2312"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>政府信息公开工作存在的主要问题及改进情况</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Adobe 仿宋 Std R" w:eastAsia="仿宋_GB2312"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>等部分组成。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="354B4A55">
+    <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:pict>
           <v:shape id="_x0000_s1031" o:spid="_x0000_s1031" o:spt="67" type="#_x0000_t67" style="position:absolute;left:0pt;margin-left:358.5pt;margin-top:2.65pt;height:291pt;width:105.75pt;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" fillcolor="#C0504D" filled="t" stroked="t" coordsize="21600,21600">
             <v:path/>
             <v:fill on="t" focussize="0,0"/>
             <v:stroke weight="3pt" color="#F2F2F2" joinstyle="miter"/>
             <v:imagedata o:title=""/>
             <o:lock v:ext="edit"/>
             <v:shadow on="t" type="perspective" color="#622423" opacity="32768f" offset="1pt,2pt" offset2="-1pt,-2pt"/>
             <v:textbox>
               <w:txbxContent>
-                <w:p w14:paraId="7C238E2C">
+                <w:p>
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia"/>
                       <w:b/>
                       <w:sz w:val="84"/>
                       <w:szCs w:val="84"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia"/>
                       <w:b/>
                       <w:sz w:val="84"/>
                       <w:szCs w:val="84"/>
                     </w:rPr>
                     <w:t>主</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="5AC5AE9E">
+                <w:p>
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia"/>
                       <w:b/>
                       <w:sz w:val="84"/>
                       <w:szCs w:val="84"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia"/>
                       <w:b/>
                       <w:sz w:val="84"/>
                       <w:szCs w:val="84"/>
                     </w:rPr>
                     <w:t>要</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="78E1B743">
+                <w:p>
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia"/>
                       <w:b/>
                       <w:sz w:val="84"/>
                       <w:szCs w:val="84"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia"/>
                       <w:b/>
                       <w:sz w:val="84"/>
                       <w:szCs w:val="84"/>
                     </w:rPr>
                     <w:t>内</w:t>
                   </w:r>
                 </w:p>
-                <w:p w14:paraId="401D056A">
+                <w:p>
                   <w:pPr>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:rFonts w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia"/>
                       <w:b/>
                       <w:sz w:val="84"/>
                       <w:szCs w:val="84"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:hint="eastAsia" w:asciiTheme="majorEastAsia" w:hAnsiTheme="majorEastAsia" w:eastAsiaTheme="majorEastAsia"/>
                       <w:b/>
                       <w:sz w:val="84"/>
                       <w:szCs w:val="84"/>
                     </w:rPr>
                     <w:t>容</w:t>
                   </w:r>
                 </w:p>
               </w:txbxContent>
             </v:textbox>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:eastAsia="方正小标宋简体" w:hAnsiTheme="majorEastAsia"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5274310" cy="3619500"/>
             <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:docPr id="6" name="图示 6"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
                 <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId4" r:lo="rId5" r:qs="rId6" r:cs="rId7"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A4C61F7">
+    <w:p>
       <w:pPr>
         <w:widowControl/>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="641"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:hAnsi="Adobe 仿宋 Std R" w:eastAsia="仿宋_GB2312" w:cs="宋体"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Adobe 仿宋 Std R" w:eastAsia="仿宋_GB2312" w:cs="宋体"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>本报告中所列数据的统计期限自2016年1月1日起至2016年12月31日止。本报告的电子版可在环翠政务网（</w:t>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
@@ -328,10379 +336,10467 @@
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>http://www.huancui.gov.cn</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Adobe 仿宋 Std R" w:eastAsia="仿宋_GB2312" w:cs="宋体"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="Adobe 仿宋 Std R" w:eastAsia="仿宋_GB2312" w:cs="宋体"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>）下载。如对本报告有疑问，请与环翠楼街道办事处党政办公室联系（地址：同德路140号；邮编：264200；电话：0631—5223078；传真：0631—5861606）。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D742D79">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="641"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>一、概述</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B3CA06">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="641"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="宋体" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2016年是全面依法治国的全面推进之年，是全面从严治党的关键之年，公开透明是法治政府的基本特征之一，全面推进政务公开，让权力在阳光下运行，对于发展社会主义民主政治，提升政府公信力和执行力，保障人民群众的知情权、参与权、表达权、监督权具有重要意义。我街道深入贯彻党的十八届四中、五中、六中全会精神，认真落实《</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:cs="宋体" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>中华人民共和国政府信息公开条例》（以下简称《条例》）、《山东省政府信息公开办法》（以下简称《办法》）及上级关于加强政府信息公开工作的相关文件要求，拓宽渠道，创新方式，规范程序、完善内容，强化培训，提高服务，保障了公民依法获取政府信息的权利，提高了行政工作的透明度和公信力。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1321063D">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="641"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="Adobe 黑体 Std R" w:eastAsia="黑体" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="Adobe 黑体 Std R" w:eastAsia="黑体" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>二、政府信息公开的组织领导和制度建设情况</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4843EF68">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="641"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（一）明确分工、落实责任。我街道根据领导班子实际调整情况，成立了政府信息公开工作领导小组，由党工委书记任组长，党工委副书记、办事处主任任副组长，负责重要公开信息最终审核；由党工委宣传委员分管，负责日常审核工作，由办事处党政办公室具体负责处理信息公开工作。每条信息的公开，必须经过编写、初审、终审三个环节，确保了公开信息的安全性，防止泄密事件发生。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B9AA57">
+    <w:p>
       <w:pPr>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5274310" cy="3076575"/>
             <wp:effectExtent l="0" t="38100" r="0" b="9525"/>
             <wp:docPr id="7" name="图示 7"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/diagram">
-                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId9" r:lo="rId10" r:qs="rId11" r:cs="rId12"/>
+                <dgm:relIds xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:dm="rId8" r:lo="rId9" r:qs="rId10" r:cs="rId11"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51C23F79">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>（二）完善制度，规范程序。我街道将先前印发的《环翠楼街道政府信息公开指南》（以下简称《指南》）与实际工作中遇到的问题相结合，不断补充新内容，更新新方法，保证了《指南》的时效性和规范性。在日常工作中，严格按照《条例》、《办法》的要求，杜绝错报、瞒报现象；坚持“当日信息当日报”的原则，保障人民群众第一时获取信息；以公开信息的数量和质量作为标准，将信息公开加入到日常考核体系中，保障了信息公开工作的常态化。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0753347B">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:eastAsia="黑体" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>三、2016年主动公开政府信息的情况</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ABDEE05">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>本年度，我街道主动公开政府信息323条，同比增长53.8%，其中通过政府网站公开的信息数163条，其他方式公开信息160条，公开信息主要涵盖党建工作、经济建设、精神文明、劳动保障、医疗计生、民政、社区建设等七个方面。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48DA1D2D">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5274310" cy="3076575"/>
             <wp:effectExtent l="19050" t="0" r="21590" b="0"/>
             <wp:docPr id="8" name="图表 8"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId12"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="611F52FC">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5274310" cy="3076575"/>
             <wp:effectExtent l="19050" t="0" r="21590" b="0"/>
             <wp:docPr id="9" name="图表 9"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId15"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532900D9">
+    <w:p>
       <w:pPr>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>四、发布解读和</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>回应社会关切</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>以及互动交流情况</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35633400">
+    <w:p>
       <w:pPr>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>本年度，我街道通过门户网站回应公众关注热点或提问19次，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="仿宋_GB2312" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>为来电来访群众提供免费法律咨询4000多人次</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>。在收到问题后，第一时间调查反应情况是否属实，一经落实，立即联系相关部门进行协调解决，回复提问，并时刻关注事件进展。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="725DE79D">
+    <w:p>
       <w:pPr>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:eastAsia="黑体" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:eastAsia="黑体" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve">五、政府信息公开申办情况及提起的行政复议和行政诉讼的情况 </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1485ACF6">
+    <w:p>
       <w:pPr>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="仿宋_GB2312" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>本年度，街道未收到政府信息公开申请</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>，</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="仿宋_GB2312" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>未收到政府信息公开行政复议和行政诉讼申请。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="696ED2F5">
+    <w:p>
       <w:pPr>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>六、信息公开平台建设及政府信息公开的收费、减免情况</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F9F038E">
+    <w:p>
       <w:pPr>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>本年度，我街道主要依靠环翠区政务网和环翠楼街道办事处门户网站两个平台公开信息。</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5274310" cy="3778885"/>
             <wp:effectExtent l="19050" t="0" r="2540" b="0"/>
             <wp:docPr id="10" name="图片 9" descr="街道.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="10" name="图片 9" descr="街道.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16"/>
+                    <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5274310" cy="3778885"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78D018AD">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5274310" cy="3692525"/>
             <wp:effectExtent l="19050" t="0" r="2540" b="0"/>
             <wp:docPr id="11" name="图片 10" descr="环翠区.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="11" name="图片 10" descr="环翠区.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17"/>
+                    <a:blip r:embed="rId15"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5274310" cy="3692525"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FB3CCDA">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>通过细分类别，编制索引，完善搜索功能，方便群众搜索、浏览网站。本年度，环翠楼街道办事处门户网站各类信息点击量2028次，比较上一年增长49%。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1643DCB9">
+    <w:p>
       <w:pPr>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:asciiTheme="minorEastAsia" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5274310" cy="3076575"/>
             <wp:effectExtent l="19050" t="0" r="21590" b="0"/>
             <wp:docPr id="12" name="图表 12"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId18"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId16"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E98D3C5">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>目前，官方微博和微信公众号正在筹备当中，预计很快将投入使用。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52F70FEF">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>在政府信息公开过程中，我街道始终坚持为民、便民、利民的原则，对印刷、邮寄等费用，都予以减免。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31AC5153">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>七、政府信息公开工作存在的主要问题及改进情况</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B23E791">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>由于人员变动频繁，街道目前从事政府信息公开工作的只有一名兼职人员，日常工作繁重，在保证数量的同时难以兼顾质量；截至目前，政府信息公开形式还比较单一，局限于两个门户网站，对于当前流行的微博、微信平台还未开通；网站点击量虽较上年有大幅度提升，但点击量与信息发布量不成正比，说明宣传力度不足。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C723C96">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="560" w:lineRule="exact"/>
         <w:ind w:firstLine="640" w:firstLineChars="200"/>
         <w:rPr>
           <w:rFonts w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="仿宋_GB2312" w:eastAsia="仿宋_GB2312" w:hAnsiTheme="minorEastAsia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>针对以上存在问题，我街道计划2017年，加强政府信息公开业务培训工作，提高从事政府信息公开工作的人员业务能力；在发挥政府门户网站第一平台作用的同时，尽快开通官方微博和微信公众号，拓宽信息发布渠道，多管齐下，为公众提供多元化的信息服务；加大宣传力度，提高民众政治参与度，真正把政府信息公开工作落实到实处，力争在2017年，使政府信息公开工作再上新台阶。</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32767C04">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2AD987AF">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>附件：政府信息公开工作情况统计表</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3ABFFE8C">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="259AB56A">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="609BB30A">
+    <w:p>
       <w:pPr>
         <w:ind w:right="160"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>环翠楼办事处</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FDF2B88">
+    <w:p>
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>2017年3月8日</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="272129C8">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="589447EC">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="255494F3">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3053177D">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="600" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="黑体" w:hAnsi="黑体" w:eastAsia="黑体" w:cs="黑体"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>附件：</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7D91DFE3">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="600" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正小标宋简体" w:cs="Times New Roman"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>政府信息公开工作情况统计表</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F361023">
+    <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="楷体_GB2312" w:cs="楷体_GB2312"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>（</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>2016</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="楷体_GB2312" w:cs="楷体_GB2312"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>年度）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B5FE81D">
+    <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="楷体_GB2312" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="楷体_GB2312" w:cs="楷体_GB2312"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>单位名称：环翠楼街道办事处</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="5"/>
+        <w:tblStyle w:val="7"/>
         <w:tblW w:w="8349" w:type="dxa"/>
         <w:jc w:val="center"/>
+        <w:tblInd w:w="0" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="0" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6416"/>
         <w:gridCol w:w="1023"/>
         <w:gridCol w:w="910"/>
       </w:tblGrid>
-      <w:tr w14:paraId="0568D92F">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FC6D8AF">
+          <w:p>
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLine="685"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>统　计　指　标</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5512AFA9">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>单位</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DB7B2C6">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>统计数</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0A9EA6F6">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08DBDB3C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>一、主动公开情况</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16B469DA">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EAE4F9C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3A352604">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67E0E6F0">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（一）主动公开政府信息数（不同渠道和方式公开相同信息计</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>条）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21DCC868">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>条</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14B5C322">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>323</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2D5C6878">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="390CBF9C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　其中：主动公开规范性文件数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="247E48CE">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>条</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75AACE00">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7C4C4B17">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="204781B3">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　　　　制发规范性文件总数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BDDE8CA">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D6532A1">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3B2B6055">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC5C9A8">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（二）通过不同渠道和方式公开政府信息的情况</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59516711">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1691C1D7">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="712878AD">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DF5F5F4">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>政府公报公开政府信息数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03FBF25C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>条</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36F3C692">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0FC342D4">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57A45401">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>政府网站公开政府信息数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="573C04F4">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>条</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3375D566">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>163</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="65AEFB88">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23E8EC9B">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>政务微博公开政府信息数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60419CA1">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>条</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B6B4710">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="703CDB77">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AA654CA">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>政务微信公开政府信息数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2098EDD6">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>条</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39962C82">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="56DDE304">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F240FAB">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>其他方式公开政府信息数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E3B76E5">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>条</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F04C2D9">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>140</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0D4A90C8">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="139EEB69">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>二、回应解读情况（不同方式回应同一热点或舆情计</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>次）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="640C2440">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02B08EEA">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="32216D85">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B6A7CC9">
+          <w:p>
             <w:pPr>
               <w:widowControl/>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLine="400" w:firstLineChars="200"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>（一）回应公众关注热点或重大舆情数（不同方式回应同一热点或舆情计</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35443509">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="482942F1">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="0C72280C">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="231022C0">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（二）通过不同渠道和方式回应解读的情况</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F4E2EA0">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C07FB79">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1A27C2FD">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E982EF2">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>参加或举办新闻发布会总次数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="079A4A10">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06409F7C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5CA79732">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="304401C1">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　　其中：主要负责同志参加新闻发布会次数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B8830C9">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67001F25">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3D78584E">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75B44CEB">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>政府网站在线访谈次数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D009898">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54B27EEC">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5A7C030E">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B36CE32">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　　其中：主要负责同志参加政府网站在线访谈次数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="376E034C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="624D0C35">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="567A8265">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32E2511A">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>政策解读稿件发布数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B7F3707">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>篇</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FB79A21">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="255D164B">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="259E17E6">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>微博微信回应事件数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11EADA3F">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51C637DE">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3AB6D8A8">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0331F489">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>其他方式回应事件数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10D0E2B9">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E14D037">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>19</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="46BA4911">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B3BEEB9">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>三、依申请公开情况</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDBEFF0">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="608ABA5F">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="78A79CD2">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2143C05E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（一）收到申请数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20A38F8D">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C753C65">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="314B3EF5">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A66EC72">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>当面申请数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D01EF21">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="522D16CA">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5E2F4976">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EE188CD">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>传真申请数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BF03756">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="102852DD">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="255243B1">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08FEF116">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>网络申请数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5368B06E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32D22469">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="766C0D7A">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="764D81C6">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>信函申请数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14C22566">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67F70CF9">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="01FC8EAF">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30F39FE5">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>其他形式</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36A6A04A">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="430C96A9">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="107C0DEC">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4649AF37">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（二）申请办结数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52560198">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D983775">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="59635177">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A568E8E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>按时办结数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54F45721">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AFC9796">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="37E5084B">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0588F3CE">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>延期办结数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E812DB4">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD1DA4E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4F6DBCB7">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D4D37EF">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（三）申请答复数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FA3AC7E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="725507F5">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="74C64F88">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64DC2302">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>属于已主动公开范围数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12654C12">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56668588">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4722C368">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51CD2C23">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>同意公开答复数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65A8727E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CCD4D94">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4EF71796">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49FCE2C5">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>同意部分公开答复数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C817CA5">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="177DC1C7">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="79BF4E5F">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23AF73D6">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>不同意公开答复数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7533F653">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D452DB7">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3E3DCA2C">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28E56551">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　　其中：涉及国家秘密</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="172D23ED">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="602371F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4BF322E6">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DA1274B">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　　　　　涉及商业秘密</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="721CB5DD">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="188D32B7">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7C515F0D">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="131BCD57">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　　　　　涉及个人隐私</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="715C96A6">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24AB6D20">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4E131C64">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02C073F1">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　　　　　危及国家安全、公共安全、经济安全和社会稳定</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0FD78603">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18D6A90E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5EA3D90B">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="040B4F14">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　　　　　不是《条例》所指政府信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B7AFBBB">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38733C42">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="313A735C">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BC83A15">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　　　　　法律法规规定的其他情形</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="154FE8D8">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BF4022D">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="29FAC934">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30D692E2">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>不属于本行政机关公开数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="627F11A8">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B807B9A">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="42AF340F">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="045C4449">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>申请信息不存在数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61A5A4CC">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69423908">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="390E317F">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="349706E9">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>告知作出更改补充数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="436FE2F1">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18829471">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="17B2387F">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27D73216">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>告知通过其他途径办理数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B566732">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74AA545D">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="771A5DBD">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59656A6E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>四、行政复议数量</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="292C93A4">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C455BE8">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3A3F641C">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DAAB07F">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（一）维持具体行政行为数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C281DA0">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AEB6EA5">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="36BCC5C9">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17AC9483">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（二）被依法纠错数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3052BF8B">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73F00FC9">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3C2293CB">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A0CA7DF">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（三）其他情形数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A5D6C12">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EF5E331">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="09832300">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1310F72A">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>五、行政诉讼数量</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A299164">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49B5F955">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4CB00953">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0AE76209">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（一）维持具体行政行为或者驳回原告诉讼请求数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CCBB408">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C53EB93">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="371CAC33">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F4823B7">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（二）被依法纠错数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67294F98">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5316AFB9">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="157D45E7">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39118498">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（三）其他情形数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A425E6E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F43293A">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4EF7AC91">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26B93F91">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>六、被举报投诉数量</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1B43EC61">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72442BBD">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5FF7482D">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23BBFC02">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（一）维持具体行政行为数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F9F3CC3">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73DA26C4">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1173FE6B">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06C65B1A">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（二）被纠错数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38A40518">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48BD7326">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4C601BA4">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5ACDC3CF">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（三）其他情形数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A6A63E2">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>件</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="008A4802">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="53D73DB4">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19DA9832">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>七、向图书馆、档案馆等查阅场所报送信息数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BD82C0B">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>条</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02DBDF70">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6DF0FDD0">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CC44357">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（一）纸质文件数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03DEBD2C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>条</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43FF886E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="465A8C99">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49720F24">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（二）电子文件数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19F17606">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>条</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="218BB11A">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>120</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="21F04767">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8F75F6">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>八、开通政府信息公开网站（或设立门户网站信息公开专栏）数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D8687AB">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>个</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FDCA14B">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="73519325">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7975E583">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（一）市政府及其部门门户网站</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7761750A">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>个</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E588DE3">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="53BF86AD">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F51A779">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLine="400" w:firstLineChars="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>（二）县（市、区）政府门户网站</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FA43B5C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>个</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A52FAF0">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="312B4CFD">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="369" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D3CBE61">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLine="400" w:firstLineChars="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>（三）乡镇政府（街道办事处）门户网站</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B59E00E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>个</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55C30586">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6E6E37AA">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EF31F97">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>九、政府公报发行量</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24587FCB">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D25025E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="64F233E8">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D308374">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLine="400" w:firstLineChars="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>（一）公报发行期数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="185D40BF">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>期</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="115050A9">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="49632D1E">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A515F69">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLine="400" w:firstLineChars="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>（二）公报发行总份数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="30249B3C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>份</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="454F5A56">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="445DA0E7">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="295A5D2C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>十、设置政府信息查阅点数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB7780C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>个</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F5CF53F">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6B1969FF">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="296BD40B">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLine="400" w:firstLineChars="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>（一）市政府及其部门</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2C811B">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>个</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E657FC9">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3C7F3412">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="316EAC34">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLine="400" w:firstLineChars="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>（二）县（市、区）政府及其部门</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2306F3D7">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>个</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6DED208D">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7E885D68">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22DA6238">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLine="400" w:firstLineChars="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>（三）乡镇政府（街道办事处）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3928668B">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>个</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7123BBE4">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="6862BB1F">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0EC4CCBB">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>十一、查阅点接待人数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="775456E7">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43EA7275">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="783DB1B9">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0153ED1C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLine="400" w:firstLineChars="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>（一）市政府及其部门</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6180F62C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E6E98D5">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3946E387">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22333956">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLine="400" w:firstLineChars="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>（二）县（市、区）政府及其部门</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B452525">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A30459D">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="01373435">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="138848DE">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:ind w:firstLine="400" w:firstLineChars="200"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>（三）乡镇政府（街道办事处）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="214AABF2">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1148CF0E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="1AE1ECE8">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="238E5F5A">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>十二、依申请公开信息收取的费用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B0E83CF">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>万元</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43D0342E">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="7FE78C2E">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29BE2C8A">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>十三、机构建设和保障经费情况</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79078A61">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CADB758">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="3B84B7E8">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32245BE2">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（一）政府信息公开工作专门机构数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0127BCBF">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>个</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CCE9B26">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="5FE8F338">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="500F6F25">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（二）从事政府信息公开工作人员数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2A087E85">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>人</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36E954BA">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="311F5213">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D7A6DA6">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>专职人员数（不包括政府公报及政府网站工作人员数）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11942A4C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>人</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75C6C786">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2B8196D2">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C8010D4">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　　　　</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>兼职人员数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26A4CC9D">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>人</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4CA2CA">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="594C6111">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6276680F">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（三）政府信息公开专项经费（不包括用于政府公报编辑管理及政府网站建设维护等方面的经费）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6737650D">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>万元</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B9CB129">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="4FB8AA92">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13A79331">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="黑体"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>十四、政府信息公开会议和培训情况</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A33B7F3">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B9F5A03">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="黑体" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="2015D702">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5841A256">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（一）召开政府信息公开工作会议或专题会议数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1716AAE2">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="54D8A56C">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="152EC71D">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49E22B1A">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（二）举办各类培训班数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="440F27D9">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56DE63BD">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w14:paraId="24B06031">
+      <w:tr>
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
+          <w:tblLayout w:type="fixed"/>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="0" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="0" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="397" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6416" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E91BB35">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>　　（三）接受培训人员数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1023" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C111039">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>人次</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="910" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A7CEBEC">
+          <w:p>
             <w:pPr>
               <w:spacing w:line="300" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="仿宋" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65AC7485">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>（注：各子栏目数总数要等于总栏目数量）</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4064C533">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="59557457">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>单位负责人：陶崴嵬     审核人：王富慧     填报人：徐承龙</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4A0BD4F1">
+    <w:p>
       <w:pPr>
         <w:spacing w:line="300" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="宋体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>联系电话：0631-5223078           填报日期：2017-3-6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3DD23370">
+    <w:p>
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="黑体" w:hAnsi="ˎ̥,Verdana,Arial" w:eastAsia="黑体"/>
           <w:color w:val="000000"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1701" w:right="1588" w:bottom="1701" w:left="1588" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425" w:num="1"/>
       <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20007A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="黑体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="2000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="方正小标宋简体">
-    <w:panose1 w:val="02010601030101010101"/>
+    <w:panose1 w:val="00000600000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="script"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:sig w:usb0="800002BF" w:usb1="184F6CF8" w:usb2="00000012" w:usb3="00000000" w:csb0="00160001" w:csb1="12030000"/>
   </w:font>
   <w:font w:name="仿宋_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe 仿宋 Std R">
     <w:altName w:val="仿宋"/>
     <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000016" w:usb3="00000000" w:csb0="00060007" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="ˎ̥,Verdana,Arial">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Adobe 黑体 Std R">
     <w:altName w:val="黑体"/>
     <w:panose1 w:val="020B0400000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000016" w:usb3="00000000" w:csb0="00060007" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="楷体_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="仿宋">
+    <w:panose1 w:val="02010609060101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="110"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="120"/>
   <w:bordersDoNotSurroundHeader w:val="1"/>
   <w:bordersDoNotSurroundFooter w:val="1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="commondata" w:val="eyJoZGlkIjoiMDhjZGQ5MjQ1NjZhNzU3ZTQ5MmJkZWQ1ZWRjMmZlN2QifQ=="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00220B9C"/>
     <w:rsid w:val="000031B8"/>
     <w:rsid w:val="000B318A"/>
@@ -10742,87 +10838,87 @@
     <w:rsid w:val="00AD0BFA"/>
     <w:rsid w:val="00B545EA"/>
     <w:rsid w:val="00B96879"/>
     <w:rsid w:val="00BB2104"/>
     <w:rsid w:val="00BC0EFD"/>
     <w:rsid w:val="00BC736E"/>
     <w:rsid w:val="00BE0079"/>
     <w:rsid w:val="00C017EB"/>
     <w:rsid w:val="00C56AD3"/>
     <w:rsid w:val="00C620D0"/>
     <w:rsid w:val="00DB214E"/>
     <w:rsid w:val="00DE7AE7"/>
     <w:rsid w:val="00DE7D97"/>
     <w:rsid w:val="00DF4F70"/>
     <w:rsid w:val="00E603D1"/>
     <w:rsid w:val="00E75D87"/>
     <w:rsid w:val="00EA3296"/>
     <w:rsid w:val="00EC6D8E"/>
     <w:rsid w:val="00F3221D"/>
     <w:rsid w:val="00F73B6B"/>
     <w:rsid w:val="00F822F9"/>
     <w:rsid w:val="00FB59CA"/>
     <w:rsid w:val="00FB6965"/>
     <w:rsid w:val="0B366C74"/>
     <w:rsid w:val="1AFC7A31"/>
+    <w:rsid w:val="1EC923BA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults fillcolor="#FFFFFF" fill="t" stroke="t">
       <v:fill on="t" focussize="0,0"/>
       <v:stroke color="#000000"/>
     </o:shapedefaults>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:count="260" w:defQFormat="0" w:defUnhideWhenUsed="1" w:defSemiHidden="1" w:defUIPriority="99" w:defLockedState="0">
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="0" w:semiHidden="0" w:name="Normal"/>
     <w:lsdException w:qFormat="1" w:unhideWhenUsed="0" w:uiPriority="9" w:semiHidden="0" w:name="heading 1"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 2"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 3"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 4"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 5"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 6"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 7"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 8"/>
     <w:lsdException w:qFormat="1" w:uiPriority="9" w:name="heading 9"/>
     <w:lsdException w:uiPriority="99" w:name="index 1"/>
     <w:lsdException w:uiPriority="99" w:name="index 2"/>
     <w:lsdException w:uiPriority="99" w:name="index 3"/>
     <w:lsdException w:uiPriority="99" w:name="index 4"/>
     <w:lsdException w:uiPriority="99" w:name="index 5"/>
     <w:lsdException w:uiPriority="99" w:name="index 6"/>
     <w:lsdException w:uiPriority="99" w:name="index 7"/>
     <w:lsdException w:uiPriority="99" w:name="index 8"/>
     <w:lsdException w:uiPriority="99" w:name="index 9"/>
     <w:lsdException w:uiPriority="39" w:name="toc 1"/>
     <w:lsdException w:uiPriority="39" w:name="toc 2"/>
     <w:lsdException w:uiPriority="39" w:name="toc 3"/>
     <w:lsdException w:uiPriority="39" w:name="toc 4"/>
@@ -11047,63 +11143,64 @@
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="66" w:semiHidden="0" w:name="Medium List 2 Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="67" w:semiHidden="0" w:name="Medium Grid 1 Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="68" w:semiHidden="0" w:name="Medium Grid 2 Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="69" w:semiHidden="0" w:name="Medium Grid 3 Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="70" w:semiHidden="0" w:name="Dark List Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="71" w:semiHidden="0" w:name="Colorful Shading Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="72" w:semiHidden="0" w:name="Colorful List Accent 6"/>
     <w:lsdException w:unhideWhenUsed="0" w:uiPriority="73" w:semiHidden="0" w:name="Colorful Grid Accent 6"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:uiPriority w:val="0"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
       <w:kern w:val="2"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="6">
+  <w:style w:type="character" w:default="1" w:styleId="5">
     <w:name w:val="Default Paragraph Font"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="1"/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="5">
+  <w:style w:type="table" w:default="1" w:styleId="7">
     <w:name w:val="Normal Table"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
+      <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="10"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="footer"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="9"/>
@@ -11125,131 +11222,131 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="header"/>
     <w:basedOn w:val="1"/>
     <w:link w:val="8"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:color="auto" w:sz="6" w:space="1"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
       <w:snapToGrid w:val="0"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="7">
+  <w:style w:type="character" w:styleId="6">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="6"/>
+    <w:basedOn w:val="5"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="333333"/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
       <w:u w:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="8">
     <w:name w:val="页眉 字符"/>
-    <w:basedOn w:val="6"/>
+    <w:basedOn w:val="5"/>
     <w:link w:val="4"/>
     <w:semiHidden/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="9">
     <w:name w:val="页脚 字符"/>
-    <w:basedOn w:val="6"/>
+    <w:basedOn w:val="5"/>
     <w:link w:val="3"/>
     <w:semiHidden/>
     <w:qFormat/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="10">
     <w:name w:val="批注框文本 字符"/>
-    <w:basedOn w:val="6"/>
+    <w:basedOn w:val="5"/>
     <w:link w:val="2"/>
     <w:semiHidden/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="11">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="1"/>
     <w:qFormat/>
     <w:uiPriority w:val="34"/>
     <w:pPr>
       <w:widowControl/>
       <w:ind w:firstLine="420" w:firstLineChars="200"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data2.xml"/><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId13" Type="http://schemas.microsoft.com/office/2007/relationships/diagramDrawing" Target="diagrams/drawing2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout2.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramLayout" Target="diagrams/layout1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramData" Target="diagrams/data1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramColors" Target="diagrams/colors2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/diagramQuickStyle" Target="diagrams/quickStyle2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Workbook1.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Workbook2.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Workbook2.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Workbook3.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Workbook3.xlsx"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/package" Target="../embeddings/Workbook1.xlsx"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="zh-CN"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:layout/>
       <c:overlay val="0"/>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr lang="zh-CN" sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
@@ -11417,55 +11514,50 @@
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:layout/>
       <c:overlay val="0"/>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr lang="zh-CN" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
-    <c:extLst>
-[...3 lines deleted...]
-    </c:extLst>
   </c:chart>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr lang="zh-CN"/>
       </a:pPr>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="zh-CN"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
@@ -11473,68 +11565,53 @@
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:layout/>
       <c:overlay val="0"/>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr lang="zh-CN" sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
         </a:p>
       </c:txPr>
     </c:title>
     <c:autoTitleDeleted val="0"/>
-    <c:view3D>
-[...13 lines deleted...]
-    </c:backWall>
     <c:plotArea>
       <c:layout/>
-      <c:pie3DChart>
+      <c:pieChart>
         <c:varyColors val="1"/>
         <c:ser>
           <c:idx val="0"/>
           <c:order val="0"/>
           <c:tx>
             <c:strRef>
               <c:f>Sheet1!$B$1</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>信息类别统计</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:tx>
           <c:explosion val="0"/>
           <c:dPt>
             <c:idx val="0"/>
             <c:bubble3D val="0"/>
           </c:dPt>
           <c:dPt>
             <c:idx val="1"/>
             <c:bubble3D val="0"/>
           </c:dPt>
           <c:dPt>
@@ -11615,82 +11692,86 @@
                   <c:v>51</c:v>
                 </c:pt>
                 <c:pt idx="4">
                   <c:v>42</c:v>
                 </c:pt>
                 <c:pt idx="5">
                   <c:v>23</c:v>
                 </c:pt>
                 <c:pt idx="6">
                   <c:v>0</c:v>
                 </c:pt>
                 <c:pt idx="7">
                   <c:v>18</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
         </c:dLbls>
-      </c:pie3DChart>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:layout/>
       <c:overlay val="0"/>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr lang="zh-CN" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
-    <c:extLst>
-[...3 lines deleted...]
-    </c:extLst>
   </c:chart>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr lang="zh-CN"/>
       </a:pPr>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/charts/chart3.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <c:date1904 val="0"/>
   <c:lang val="zh-CN"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
@@ -11871,55 +11952,50 @@
     </c:plotArea>
     <c:legend>
       <c:legendPos val="r"/>
       <c:layout/>
       <c:overlay val="0"/>
       <c:txPr>
         <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr>
             <a:defRPr lang="zh-CN" sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="+mn-lt"/>
               <a:ea typeface="+mn-ea"/>
               <a:cs typeface="+mn-cs"/>
             </a:defRPr>
           </a:pPr>
         </a:p>
       </c:txPr>
     </c:legend>
     <c:plotVisOnly val="1"/>
     <c:dispBlanksAs val="gap"/>
     <c:showDLblsOverMax val="0"/>
-    <c:extLst>
-[...3 lines deleted...]
-    </c:extLst>
   </c:chart>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr lang="zh-CN"/>
       </a:pPr>
     </a:p>
   </c:txPr>
   <c:externalData r:id="rId1">
     <c:autoUpdate val="0"/>
   </c:externalData>
 </c:chartSpace>
 </file>
 
 <file path=word/diagrams/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:colorsDef xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" uniqueId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2">
   <dgm:title val=""/>
   <dgm:desc val=""/>
   <dgm:catLst>
     <dgm:cat type="accent1" pri="11200"/>
   </dgm:catLst>
   <dgm:styleLbl name="alignAcc1">
     <dgm:fillClrLst meth="repeat">
@@ -14033,55 +14109,50 @@
     <dgm:cxn modelId="{6403B4CC-661D-448A-A35A-42E4C3FAA02A}" type="presParOf" srcId="{D5F4C393-07E3-4CA3-805A-575B6F7CD003}" destId="{749CAB4A-525E-4A3D-ADE8-4FD2F5D05AA8}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{53D06677-5734-4D5A-9C73-BA1B3BE23FD9}" type="presParOf" srcId="{D5F4C393-07E3-4CA3-805A-575B6F7CD003}" destId="{45489B2B-1178-4B50-B47E-E2525A373A51}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{2EAD8501-E748-46CA-AD5C-876FC87FED62}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{58B0C313-653B-44FF-A437-8180A96B8417}" srcOrd="13" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{74D8D977-DB4F-4842-B218-28BFFA60D1B7}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{B34993A9-8DF0-4BA2-ACC6-114D0C7F0DD7}" srcOrd="14" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{06764FC9-6EF3-4C8C-9939-29F3FC6CF4D8}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{255004FF-461A-4E23-9A80-5DC9B97685C2}" srcOrd="15" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{E2E9095F-7EE6-4703-B71C-0B6BC297A604}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{DD842296-D856-4F7A-B3F8-6F964A5AC508}" srcOrd="16" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{5A85A498-9A63-4C8E-AC08-96E954B26FDB}" type="presParOf" srcId="{DD842296-D856-4F7A-B3F8-6F964A5AC508}" destId="{A1A2EBF2-175B-4B0F-83AF-6A253C5B7407}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{B153214E-A411-45F0-97BD-8494202C9E0F}" type="presParOf" srcId="{DD842296-D856-4F7A-B3F8-6F964A5AC508}" destId="{530A8929-FEA3-4C0E-8205-670162A8EB67}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{7B773A26-3247-479A-AC9D-BA64A7F2E07A}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{DE28E689-34C7-4483-8D2F-FD067BBCB67C}" srcOrd="17" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{221DADEE-7786-4590-9F3C-1EB4966FBA76}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{C6002FA3-F62B-40C6-9A87-B2C93E572F8B}" srcOrd="18" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{5C7CCC8C-FCA9-4545-BFEB-7AB6B8116004}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{F7CF48FC-C981-46DB-B446-037B922EE1A5}" srcOrd="19" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{A77E08A8-A75E-4A7D-BFDA-F866DEA0E8BD}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{41E8E649-9D62-416A-A32B-D827D7518807}" srcOrd="20" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{527BA40E-8666-45C0-AFFF-33B46C200D93}" type="presParOf" srcId="{41E8E649-9D62-416A-A32B-D827D7518807}" destId="{FFC9E93B-E455-4AE8-BE6B-62A03C6AA0E6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{A5480210-FA51-4E60-8266-047D78E7A372}" type="presParOf" srcId="{41E8E649-9D62-416A-A32B-D827D7518807}" destId="{44405D44-6DAA-4FB8-89B3-D8AF569F744D}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{B91A4A08-7419-4FDC-9A29-3C29CB3BC84C}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{44C07839-3CDB-4B86-B4AA-4E4CB4C78E73}" srcOrd="21" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{DADB3288-F705-44A1-8AF8-C1DCB10B8201}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{63C816C5-5FF7-4DB8-B158-2D0BA17386A9}" srcOrd="22" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{1E516DE0-FAFD-41B7-8AEB-14F6DAD8BABE}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{7CBAC9A1-14CA-4540-9C14-8B16D9CA4375}" srcOrd="23" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{FE2E9BC4-7030-43BA-AC84-B506ACC0D468}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{59C1AC4B-C46E-470B-B2D2-5A5CC6C3514F}" srcOrd="24" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{C53CF387-A38F-48E2-8BC8-ED4A752631EE}" type="presParOf" srcId="{59C1AC4B-C46E-470B-B2D2-5A5CC6C3514F}" destId="{878DD873-D1E2-4415-997D-DEE91DF8DDBC}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{B35E71BD-6C35-42A8-989F-9AED0870301D}" type="presParOf" srcId="{59C1AC4B-C46E-470B-B2D2-5A5CC6C3514F}" destId="{F4B79388-B0F1-426F-8146-96851269F0CB}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{C6FDDA4B-CEB6-4204-8438-83DF2CAA7B65}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{8002E702-1C0E-4E9F-A143-F44FC788FE5C}" srcOrd="25" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
     <dgm:cxn modelId="{755E9F7D-AAAD-4E60-928A-CC52E3E15924}" type="presParOf" srcId="{6352CE08-FC61-40F4-B16E-1128A237D471}" destId="{28B8774C-5825-42CD-AC12-DE752AD5D2D7}" srcOrd="26" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/list1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
-  <dgm:extLst>
-[...3 lines deleted...]
-  </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/data2.xml><?xml version="1.0" encoding="utf-8"?>
 <dgm:dataModel xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <dgm:ptLst>
     <dgm:pt modelId="{CEA3EF59-5A6A-445E-BDE1-08BC4E222875}" type="doc">
       <dgm:prSet loTypeId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1" loCatId="hierarchy" qsTypeId="urn:microsoft.com/office/officeart/2005/8/quickstyle/simple1" qsCatId="simple" csTypeId="urn:microsoft.com/office/officeart/2005/8/colors/accent1_2" csCatId="accent1" phldr="1"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:p>
           <a:endParaRPr lang="zh-CN" altLang="en-US"/>
         </a:p>
       </dgm:t>
     </dgm:pt>
     <dgm:pt modelId="{082006CF-A926-42AF-B545-9EBA75573545}">
       <dgm:prSet phldrT="[文本]"/>
       <dgm:spPr/>
       <dgm:t>
         <a:bodyPr/>
         <a:p>
           <a:r>
             <a:rPr lang="zh-CN" altLang="en-US"/>
             <a:t>党工委书记</a:t>
@@ -14459,55 +14530,50 @@
     <dgm:cxn modelId="{FD768D6D-E31B-4F34-8E17-BC83B45D9A78}" type="presParOf" srcId="{64C14B63-07A4-4E95-AD6F-BF1CBE4304AF}" destId="{620E9FF0-4412-4D34-8063-F00D99B96FA1}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{74BE1629-0BC3-4079-BC9D-288F278C62F1}" type="presParOf" srcId="{64C14B63-07A4-4E95-AD6F-BF1CBE4304AF}" destId="{E0F3080B-CF97-48A0-B74D-B71DE92A2DC5}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{10372E7C-F1CA-4388-9D43-72CDF30B0C56}" type="presParOf" srcId="{E0F3080B-CF97-48A0-B74D-B71DE92A2DC5}" destId="{18F99CE1-28E0-4272-A631-36F6CE7BC409}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{4F88F4A9-DC55-4F1A-93DF-95E03393E89E}" type="presParOf" srcId="{18F99CE1-28E0-4272-A631-36F6CE7BC409}" destId="{D705EE60-F7BC-4223-AD19-14851FB2A8D6}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{E3A37CBB-B3AE-4636-BAFC-0D5B078A5FB1}" type="presParOf" srcId="{18F99CE1-28E0-4272-A631-36F6CE7BC409}" destId="{46A8F36A-6BFC-4D0B-B9F2-ED0097670240}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{0958AD84-9F42-4F18-B403-6157278DCB18}" type="presParOf" srcId="{E0F3080B-CF97-48A0-B74D-B71DE92A2DC5}" destId="{B9947C7F-B87B-475E-98C7-AB2CB17203C9}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{8BE9860A-3506-4E24-A132-3B28CF506809}" type="presParOf" srcId="{E0F3080B-CF97-48A0-B74D-B71DE92A2DC5}" destId="{8FABD220-C7EA-40E5-BDA1-9E8BD8C4BEDA}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{282937CF-4EAD-46F3-A45E-0F4443BD7431}" type="presParOf" srcId="{1B2AE8FE-4762-4F6E-A37C-F9F7BE2AEB65}" destId="{3CD43345-78D7-4809-B680-0BEE8164EB09}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{E078D1FF-72C5-4A7D-A03A-4B99FCA144F5}" type="presParOf" srcId="{3CD43345-78D7-4809-B680-0BEE8164EB09}" destId="{CBCB10B6-50EB-4991-899B-C518F1020132}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{3DAE7A05-0058-4D73-AE2B-44728A753636}" type="presParOf" srcId="{3CD43345-78D7-4809-B680-0BEE8164EB09}" destId="{7EBD84D3-1C81-497C-9D0B-631CFC5FA375}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{00067310-51D2-4F7D-950C-1BF56F108510}" type="presParOf" srcId="{7EBD84D3-1C81-497C-9D0B-631CFC5FA375}" destId="{3DDD8232-F036-4F1D-967A-853540BA6C8A}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{64F32EE5-9905-4557-BD11-896581D0FD9C}" type="presParOf" srcId="{3DDD8232-F036-4F1D-967A-853540BA6C8A}" destId="{6736512B-D06A-4A8B-A632-855252B6498E}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{E8391AEC-A1E4-4FE4-8441-F1519DF82474}" type="presParOf" srcId="{3DDD8232-F036-4F1D-967A-853540BA6C8A}" destId="{A1256F08-F826-42CF-8F2E-B1997D9999B0}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{1830C7A8-E533-49B1-A191-26219F5587F2}" type="presParOf" srcId="{7EBD84D3-1C81-497C-9D0B-631CFC5FA375}" destId="{E1071A2E-27B9-41C2-B97C-E222FD95B461}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{FE16F7DA-CB91-4BED-B9AC-3C0550AD867C}" type="presParOf" srcId="{7EBD84D3-1C81-497C-9D0B-631CFC5FA375}" destId="{D4E288E5-6F32-475D-9CB1-4497B8464C12}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{4165A2A1-4939-43C4-8BF9-7760883DA6B8}" type="presParOf" srcId="{3CD43345-78D7-4809-B680-0BEE8164EB09}" destId="{DCB98A01-16EB-4B80-8919-BF5B7A9ED9FE}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{F5C4E347-CD73-41D9-BC88-7694EA3FEECE}" type="presParOf" srcId="{3CD43345-78D7-4809-B680-0BEE8164EB09}" destId="{77966B72-C6B9-4E1B-B4B9-1A062F19275D}" srcOrd="3" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{35CD514F-5225-454A-A54C-4585296B9938}" type="presParOf" srcId="{77966B72-C6B9-4E1B-B4B9-1A062F19275D}" destId="{B708B796-6938-4CE1-AEFD-261D6574246C}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{D0E10251-4CA4-4AEC-900E-B4406534E5BA}" type="presParOf" srcId="{B708B796-6938-4CE1-AEFD-261D6574246C}" destId="{A598D80D-00B8-4AC2-92D8-E02AA604C187}" srcOrd="0" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{560F5B99-00D7-4E04-BD8E-BE73F75F6D30}" type="presParOf" srcId="{B708B796-6938-4CE1-AEFD-261D6574246C}" destId="{991C12F4-2149-4F57-B5EC-0A50E7A66292}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{4663F07D-32B9-42B5-B3BF-85CB74DD1245}" type="presParOf" srcId="{77966B72-C6B9-4E1B-B4B9-1A062F19275D}" destId="{A114AE49-78E9-4577-8506-D531C4C89B11}" srcOrd="1" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
     <dgm:cxn modelId="{F0C0A542-21B0-41EA-A095-78251822303B}" type="presParOf" srcId="{77966B72-C6B9-4E1B-B4B9-1A062F19275D}" destId="{3539E39D-CE89-41C6-B539-5F9B16EC8EC6}" srcOrd="2" destOrd="0" presId="urn:microsoft.com/office/officeart/2005/8/layout/orgChart1"/>
   </dgm:cxnLst>
   <dgm:bg/>
   <dgm:whole/>
-  <dgm:extLst>
-[...3 lines deleted...]
-  </dgm:extLst>
 </dgm:dataModel>
 </file>
 
 <file path=word/diagrams/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <dsp:drawing xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dsp:spTree>
     <dsp:nvGrpSpPr>
       <dsp:cNvPr id="2" name="组合 1"/>
       <dsp:cNvGrpSpPr/>
     </dsp:nvGrpSpPr>
     <dsp:grpSpPr>
       <a:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="5274310" cy="3619500"/>
         <a:chOff x="0" y="0"/>
         <a:chExt cx="5274310" cy="3619500"/>
       </a:xfrm>
     </dsp:grpSpPr>
     <dsp:sp modelId="{48CE6985-9649-42A5-A836-BBF35214B49F}">
       <dsp:nvSpPr>
         <dsp:cNvPr id="5" name="矩形 4"/>
         <dsp:cNvSpPr/>
       </dsp:nvSpPr>
       <dsp:spPr bwMode="white">
         <a:xfrm>
@@ -19821,82 +19887,84 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
-  <customSectProps/>
+  <customSectProps>
+    <customSectPr/>
+  </customSectProps>
   <customShpExts>
     <customShpInfo spid="_x0000_s1031"/>
   </customShpExts>
 </s:customData>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <Company>微软公司</Company>
   <Pages>10</Pages>
   <Words>3254</Words>
   <Characters>3414</Characters>
   <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3699</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.19302_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <Application>WPS Office_11.8.2.7978_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>微软用户</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.19302</vt:lpwstr>
+    <vt:lpwstr>2052-11.8.2.7978</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>1296CE563266454F9365384782B816DD_12</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOTemplateDocerSaveRecord">
     <vt:lpwstr>eyJoZGlkIjoiZTRiOWM4ZGIxMTg4NTc4YTE4NWM3OWY0MWM3YTM3NzIiLCJ1c2VySWQiOiI3Mjc5MjE0MzEifQ==</vt:lpwstr>
   </property>
 </Properties>
 </file>