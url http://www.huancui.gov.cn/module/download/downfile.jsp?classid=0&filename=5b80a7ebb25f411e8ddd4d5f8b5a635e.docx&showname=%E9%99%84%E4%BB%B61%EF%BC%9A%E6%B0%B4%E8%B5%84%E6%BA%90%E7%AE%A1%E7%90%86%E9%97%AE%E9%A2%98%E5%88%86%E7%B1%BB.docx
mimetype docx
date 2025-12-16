--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -10788,51 +10788,62 @@
             <w:tcW w:w="5744" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:line="260" w:lineRule="exact"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:bCs/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
-              <w:t>本行政区域出现新增地下水超采区、或超采区范围扩大的情况</w:t>
+              <w:t>本行政区域出现新增地下水超采区</w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:highlight w:val="none"/>
+              </w:rPr>
+              <w:t>或超采区范围扩大的情况</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1032" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:adjustRightInd w:val="0"/>
               <w:snapToGrid w:val="0"/>
               <w:spacing w:beforeLines="50" w:afterLines="50"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
                 <w:kern w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -12527,54 +12538,51 @@
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t xml:space="preserve">      2.表中《中华人民共和国水法》简称《水法》，《取水许可和水资源费征收管理条例》简称《条例》，《中华人民共和国水污染防治法》简称《水污染防治法》，《中华人</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:adjustRightInd w:val="0"/>
         <w:snapToGrid w:val="0"/>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:firstLine="720" w:firstLineChars="400"/>
         <w:rPr>
           <w:highlight w:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="宋体" w:hAnsi="宋体" w:cs="宋体"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="none"/>
         </w:rPr>
         <w:t>民共和国统计法》简称《统计法》。</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...2 lines deleted...]
-    </w:p>
+    <w:p/>
     <w:sectPr>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1800" w:right="1440" w:bottom="1800" w:left="1440" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425" w:num="1"/>
       <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:altName w:val="方正书宋_GBK"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
@@ -12606,133 +12614,126 @@
   </w:font>
   <w:font w:name="Courier New">
     <w:altName w:val="DejaVu Sans"/>
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="01"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:altName w:val="Standard Symbols PS"/>
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:altName w:val="DejaVu Sans"/>
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="方正书宋_GBK">
-[...20 lines deleted...]
-  </w:font>
   <w:font w:name="仿宋_GB2312">
     <w:panose1 w:val="02010609030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:altName w:val="方正仿宋_GBK"/>
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="方正书宋_GBK">
+    <w:panose1 w:val="03000509000000000000"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="方正黑体_GBK">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00082016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DejaVu Sans">
+    <w:panose1 w:val="020B0603030804020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="E7006EFF" w:usb1="D200FDFF" w:usb2="0A246029" w:usb3="0400200C" w:csb0="600001FF" w:csb1="DFFF0000"/>
   </w:font>
   <w:font w:name="方正仿宋_GBK">
     <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00082016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
-  <w:zoom w:percent="80"/>
+  <w:zoom w:percent="96"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader w:val="true"/>
   <w:bordersDoNotSurroundFooter w:val="true"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="4A1947CF"/>
     <w:rsid w:val="4A1947CF"/>
     <w:rsid w:val="7DF51B77"/>
+    <w:rsid w:val="F763692D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>